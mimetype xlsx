--- v0 (2025-10-16)
+++ v1 (2026-03-02)
@@ -7,51 +7,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="0. Introducción" sheetId="1" r:id="rId4"/>
     <sheet name="1. Contexto legal" sheetId="2" r:id="rId5"/>
     <sheet name="2. Evaluación de riesgos" sheetId="3" r:id="rId6"/>
     <sheet name="3. Desarrollo de la adaptación" sheetId="4" r:id="rId7"/>
     <sheet name="4. Buenas prácticas" sheetId="5" r:id="rId8"/>
     <sheet name="5. Seguimiento y evaluación" sheetId="6" r:id="rId9"/>
     <sheet name="6. Observación sistematica" sheetId="7" r:id="rId10"/>
     <sheet name="7. Información adicional" sheetId="8" r:id="rId11"/>
     <sheet name="8. Contacto" sheetId="9" r:id="rId12"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Ficha de adaptación al cambio climático</t>
@@ -244,51 +244,51 @@
   <si>
     <t>Calle Rigoberto Cortejoso, 14</t>
   </si>
   <si>
     <t>Código postal</t>
   </si>
   <si>
     <t>Municipio</t>
   </si>
   <si>
     <t>Valladolid</t>
   </si>
   <si>
     <t>Provincia</t>
   </si>
   <si>
     <t>Web</t>
   </si>
   <si>
     <t>http://www.jcyl.es/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -761,51 +761,51 @@
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z100"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z100"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="150" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
@@ -3595,51 +3595,51 @@
       <c r="P100" s="1"/>
       <c r="Q100" s="1"/>
       <c r="R100" s="1"/>
       <c r="S100" s="1"/>
       <c r="T100" s="1"/>
       <c r="U100" s="1"/>
       <c r="V100" s="1"/>
       <c r="W100" s="1"/>
       <c r="X100" s="1"/>
       <c r="Y100" s="1"/>
       <c r="Z100" s="1"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A5:E5"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z100"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z100"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="true" style="0"/>
     <col min="2" max="2" width="25" customWidth="true" style="0"/>
     <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="50" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B1" s="6"/>
       <c r="C1" s="6"/>
       <c r="D1" s="6"/>
@@ -6452,51 +6452,51 @@
       <c r="O100" s="1"/>
       <c r="P100" s="1"/>
       <c r="Q100" s="1"/>
       <c r="R100" s="1"/>
       <c r="S100" s="1"/>
       <c r="T100" s="1"/>
       <c r="U100" s="1"/>
       <c r="V100" s="1"/>
       <c r="W100" s="1"/>
       <c r="X100" s="1"/>
       <c r="Y100" s="1"/>
       <c r="Z100" s="1"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A4:E4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z100"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z100"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="80" customWidth="true" style="0"/>
     <col min="2" max="2" width="55" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B1" s="6"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
@@ -9289,51 +9289,51 @@
       <c r="P100" s="1"/>
       <c r="Q100" s="1"/>
       <c r="R100" s="1"/>
       <c r="S100" s="1"/>
       <c r="T100" s="1"/>
       <c r="U100" s="1"/>
       <c r="V100" s="1"/>
       <c r="W100" s="1"/>
       <c r="X100" s="1"/>
       <c r="Y100" s="1"/>
       <c r="Z100" s="1"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="A3:B3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z100"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z100"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="50" customWidth="true" style="0"/>
     <col min="5" max="5" width="25" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B1" s="6"/>
       <c r="C1" s="6"/>
       <c r="D1" s="6"/>
@@ -12143,51 +12143,51 @@
       <c r="P100" s="1"/>
       <c r="Q100" s="1"/>
       <c r="R100" s="1"/>
       <c r="S100" s="1"/>
       <c r="T100" s="1"/>
       <c r="U100" s="1"/>
       <c r="V100" s="1"/>
       <c r="W100" s="1"/>
       <c r="X100" s="1"/>
       <c r="Y100" s="1"/>
       <c r="Z100" s="1"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A5:E5"/>
     <mergeCell ref="C6:D6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z100"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z100"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="6" t="s">
         <v>24</v>
       </c>
       <c r="B1" s="6"/>
       <c r="C1" s="6"/>
       <c r="D1" s="6"/>
       <c r="E1" s="1"/>
@@ -14990,51 +14990,51 @@
       <c r="N100" s="1"/>
       <c r="O100" s="1"/>
       <c r="P100" s="1"/>
       <c r="Q100" s="1"/>
       <c r="R100" s="1"/>
       <c r="S100" s="1"/>
       <c r="T100" s="1"/>
       <c r="U100" s="1"/>
       <c r="V100" s="1"/>
       <c r="W100" s="1"/>
       <c r="X100" s="1"/>
       <c r="Y100" s="1"/>
       <c r="Z100" s="1"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:D1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z100"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z100"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="80" customWidth="true" style="0"/>
     <col min="2" max="2" width="55" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="6" t="s">
         <v>30</v>
       </c>
       <c r="B1" s="6"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
@@ -17827,51 +17827,51 @@
       <c r="P100" s="1"/>
       <c r="Q100" s="1"/>
       <c r="R100" s="1"/>
       <c r="S100" s="1"/>
       <c r="T100" s="1"/>
       <c r="U100" s="1"/>
       <c r="V100" s="1"/>
       <c r="W100" s="1"/>
       <c r="X100" s="1"/>
       <c r="Y100" s="1"/>
       <c r="Z100" s="1"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="A3:B3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z100"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z100"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="50" customWidth="true" style="0"/>
     <col min="5" max="5" width="25" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="6" t="s">
         <v>32</v>
       </c>
       <c r="B1" s="6"/>
       <c r="C1" s="6"/>
       <c r="D1" s="6"/>
@@ -20725,51 +20725,51 @@
       <c r="Z100" s="1"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A5:E5"/>
     <mergeCell ref="B6:D6"/>
     <mergeCell ref="B7:D7"/>
     <mergeCell ref="A10:E10"/>
     <mergeCell ref="A11:E11"/>
     <mergeCell ref="B12:D12"/>
     <mergeCell ref="B13:D13"/>
     <mergeCell ref="A14:D14"/>
     <mergeCell ref="B15:D15"/>
     <mergeCell ref="B16:D16"/>
     <mergeCell ref="B17:D17"/>
     <mergeCell ref="B18:D18"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z100"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z100"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="25" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="6" t="s">
         <v>48</v>
       </c>
       <c r="B1" s="6"/>
       <c r="C1" s="6"/>
       <c r="D1" s="6"/>
       <c r="E1" s="1"/>
@@ -23584,51 +23584,51 @@
       <c r="T100" s="1"/>
       <c r="U100" s="1"/>
       <c r="V100" s="1"/>
       <c r="W100" s="1"/>
       <c r="X100" s="1"/>
       <c r="Y100" s="1"/>
       <c r="Z100" s="1"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="A6:C6"/>
     <mergeCell ref="A7:C7"/>
     <mergeCell ref="A8:D8"/>
     <mergeCell ref="B9:C9"/>
     <mergeCell ref="B10:C10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z100"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z100"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="6" t="s">
         <v>56</v>
       </c>
       <c r="B1" s="6"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>